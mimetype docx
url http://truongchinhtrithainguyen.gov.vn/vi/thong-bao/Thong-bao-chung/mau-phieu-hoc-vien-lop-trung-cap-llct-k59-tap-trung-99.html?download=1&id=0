--- v0 (2025-11-23)
+++ v1 (2026-01-23)
@@ -79,51 +79,51 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="576E0933" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="257.1pt,18.9pt" to="464.6pt,18.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABcEz4rwEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L04ytNiMOD2kay/t&#10;FqDtBzCSbAuTRYFUYufvJ6lJWnS3YT4Ikkg+vfdIr26mwYmDIbboG7mYzaUwXqG2vmvky/Pdl29S&#10;cASvwaE3jTwaljfrz59WY6jNEnt02pBIIJ7rMTSyjzHUVcWqNwPwDIPxKdgiDRDTkbpKE4wJfXDV&#10;cj6/rkYkHQiVYU63t69BuS74bWtU/NW2bKJwjUzcYlmprLu8VusV1B1B6K060YB/YDGA9enRC9Qt&#10;RBB7sn9BDVYRMrZxpnCosG2tMkVDUrOYf1Dz1EMwRUsyh8PFJv5/sOrnYeO3lKmryT+FB1S/WXjc&#10;9OA7Uwg8H0Nq3CJbVY2B60tJPnDYktiNj6hTDuwjFhemloYMmfSJqZh9vJhtpihUulxef71aXqWe&#10;qHOsgvpcGIjjvcFB5E0jnfXZB6jh8MAxE4H6nJKvPd5Z50ovnRdjI78n6FLA6KzOwZzG1O02jsQB&#10;8jSUr6hKkfdphHuvC1hvQP847SNY97pPjzt/MiPrz8PG9Q71cUtnk1K7CsvTaOV5eH8u1W8/wPoP&#10;AAAA//8DAFBLAwQUAAYACAAAACEAE9SldN0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07D&#10;MBBF90j8gzVIbKrWacqrIU6FgOzYUIrYTuMhiYjHaey2ga9nEAtYzp2j+8hXo+vUgYbQejYwnyWg&#10;iCtvW64NbF7K6Q2oEJEtdp7JwCcFWBWnJzlm1h/5mQ7rWCsx4ZChgSbGPtM6VA05DDPfE8vv3Q8O&#10;o5xDre2ARzF3nU6T5Eo7bFkSGuzpvqHqY713BkL5Srvya1JNkrdF7SndPTw9ojHnZ+PdLahIY/yD&#10;4ae+VIdCOm39nm1QnYHL+UUqqIHFtUwQYJkuRdj+CrrI9f8FxTcAAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAAXBM+K8BAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAE9SldN0AAAAJAQAADwAAAAAAAAAAAAAAAAAJBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;"/>
+              <v:line w14:anchorId="5A4D10CD" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="257.1pt,18.9pt" to="464.6pt,18.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABcEz4rwEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L04ytNiMOD2kay/t&#10;FqDtBzCSbAuTRYFUYufvJ6lJWnS3YT4Ikkg+vfdIr26mwYmDIbboG7mYzaUwXqG2vmvky/Pdl29S&#10;cASvwaE3jTwaljfrz59WY6jNEnt02pBIIJ7rMTSyjzHUVcWqNwPwDIPxKdgiDRDTkbpKE4wJfXDV&#10;cj6/rkYkHQiVYU63t69BuS74bWtU/NW2bKJwjUzcYlmprLu8VusV1B1B6K060YB/YDGA9enRC9Qt&#10;RBB7sn9BDVYRMrZxpnCosG2tMkVDUrOYf1Dz1EMwRUsyh8PFJv5/sOrnYeO3lKmryT+FB1S/WXjc&#10;9OA7Uwg8H0Nq3CJbVY2B60tJPnDYktiNj6hTDuwjFhemloYMmfSJqZh9vJhtpihUulxef71aXqWe&#10;qHOsgvpcGIjjvcFB5E0jnfXZB6jh8MAxE4H6nJKvPd5Z50ovnRdjI78n6FLA6KzOwZzG1O02jsQB&#10;8jSUr6hKkfdphHuvC1hvQP847SNY97pPjzt/MiPrz8PG9Q71cUtnk1K7CsvTaOV5eH8u1W8/wPoP&#10;AAAA//8DAFBLAwQUAAYACAAAACEAE9SldN0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07D&#10;MBBF90j8gzVIbKrWacqrIU6FgOzYUIrYTuMhiYjHaey2ga9nEAtYzp2j+8hXo+vUgYbQejYwnyWg&#10;iCtvW64NbF7K6Q2oEJEtdp7JwCcFWBWnJzlm1h/5mQ7rWCsx4ZChgSbGPtM6VA05DDPfE8vv3Q8O&#10;o5xDre2ARzF3nU6T5Eo7bFkSGuzpvqHqY713BkL5Srvya1JNkrdF7SndPTw9ojHnZ+PdLahIY/yD&#10;4ae+VIdCOm39nm1QnYHL+UUqqIHFtUwQYJkuRdj+CrrI9f8FxTcAAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAAXBM+K8BAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAE9SldN0AAAAJAQAADwAAAAAAAAAAAAAAAAAJBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F853DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00F853DE" w:rsidRPr="009663ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>TỈNH ỦY THÁI NGUYÊN</w:t>
       </w:r>
       <w:r w:rsidR="00F853DE" w:rsidRPr="00DB78EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
@@ -394,298 +394,215 @@
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">                                 </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB78EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>PHIẾU HỌC VIÊN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED38BB6" w14:textId="77777777" w:rsidR="00F853DE" w:rsidRPr="00DB78EC" w:rsidRDefault="00F853DE" w:rsidP="00F853DE">
+    <w:p w14:paraId="53F5FE2D" w14:textId="5487F77C" w:rsidR="00F853DE" w:rsidRDefault="00F853DE" w:rsidP="00C13CD7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">                                   </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB78EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">                                    </w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lớp </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trung cấp </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB78EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...95 lines deleted...]
-    <w:p w14:paraId="53F5FE2D" w14:textId="77777777" w:rsidR="00F853DE" w:rsidRDefault="00F853DE" w:rsidP="00F853DE">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LLCT </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hệ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C13CD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>……………..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F24D3D9" w14:textId="02ECEE2B" w:rsidR="00F853DE" w:rsidRDefault="00F853DE" w:rsidP="00F853DE">
+      <w:pPr>
+        <w:spacing w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                Khóa</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6212E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004848DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tại Trường </w:t>
+      </w:r>
+      <w:r w:rsidR="001657D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chính trị tỉnh </w:t>
+      </w:r>
+      <w:r w:rsidR="004848DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Thái Nguyên</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648D65BF" w14:textId="77777777" w:rsidR="00C13CD7" w:rsidRDefault="00C13CD7" w:rsidP="00F853DE">
       <w:pPr>
         <w:spacing w:line="440" w:lineRule="exact"/>
         <w:ind w:left="2880"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...48 lines deleted...]
-    <w:p w14:paraId="1F24D3D9" w14:textId="77777777" w:rsidR="00F853DE" w:rsidRDefault="00F853DE" w:rsidP="00F853DE">
+    </w:p>
+    <w:p w14:paraId="57914C9D" w14:textId="77777777" w:rsidR="00C13CD7" w:rsidRDefault="00C13CD7" w:rsidP="00F853DE">
       <w:pPr>
         <w:spacing w:line="440" w:lineRule="exact"/>
-        <w:rPr>
-[...46 lines deleted...]
-    <w:p w14:paraId="62DFFAF4" w14:textId="77777777" w:rsidR="00F853DE" w:rsidRPr="00DB78EC" w:rsidRDefault="00F853DE" w:rsidP="00F853DE">
+        <w:ind w:left="2880"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19F256BC" w14:textId="77777777" w:rsidR="00C13CD7" w:rsidRDefault="00C13CD7" w:rsidP="00F853DE">
+      <w:pPr>
+        <w:spacing w:line="440" w:lineRule="exact"/>
+        <w:ind w:left="2880"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62DFFAF4" w14:textId="7C350AF5" w:rsidR="00F853DE" w:rsidRPr="00DB78EC" w:rsidRDefault="00F853DE" w:rsidP="00F853DE">
       <w:pPr>
         <w:spacing w:line="440" w:lineRule="exact"/>
         <w:ind w:left="2880"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB78EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45AB5BA6" w14:textId="77777777" w:rsidR="00F853DE" w:rsidRPr="00DB78EC" w:rsidRDefault="00F853DE" w:rsidP="00F853DE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -1285,65 +1202,69 @@
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F853DE"/>
     <w:rsid w:val="001657D2"/>
     <w:rsid w:val="00247BC5"/>
     <w:rsid w:val="003726A0"/>
+    <w:rsid w:val="003965D2"/>
     <w:rsid w:val="003C4FA5"/>
+    <w:rsid w:val="004848DB"/>
     <w:rsid w:val="004C12D6"/>
     <w:rsid w:val="0058159B"/>
     <w:rsid w:val="006D31F6"/>
     <w:rsid w:val="006F52C6"/>
     <w:rsid w:val="00760B97"/>
     <w:rsid w:val="00792016"/>
     <w:rsid w:val="008910F5"/>
     <w:rsid w:val="008F0F35"/>
     <w:rsid w:val="009729E1"/>
     <w:rsid w:val="00A6212E"/>
     <w:rsid w:val="00B1783E"/>
     <w:rsid w:val="00B776E1"/>
+    <w:rsid w:val="00C13CD7"/>
     <w:rsid w:val="00C761A4"/>
     <w:rsid w:val="00CF0FBF"/>
+    <w:rsid w:val="00E1672D"/>
     <w:rsid w:val="00EE276F"/>
     <w:rsid w:val="00F64F49"/>
     <w:rsid w:val="00F853DE"/>
     <w:rsid w:val="00FF5905"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="vi-VN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -2073,66 +1994,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>300</Words>
-  <Characters>1711</Characters>
+  <Words>280</Words>
+  <Characters>1599</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2007</CharactersWithSpaces>
+  <CharactersWithSpaces>1876</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>21AK22</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>